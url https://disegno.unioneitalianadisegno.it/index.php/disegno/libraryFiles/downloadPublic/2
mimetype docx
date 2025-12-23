--- v0 (2025-10-10)
+++ v1 (2025-12-23)
@@ -2,90 +2,102 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3D774CB9" w14:textId="577EBF93" w:rsidR="006C067A" w:rsidRPr="0067522A" w:rsidRDefault="00307C56" w:rsidP="006C067A">
+    <w:p w14:paraId="3D774CB9" w14:textId="577EBF93" w:rsidR="006C067A" w:rsidRDefault="00307C56" w:rsidP="006C067A">
       <w:pPr>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="0067522A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The title of the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000172BD" w:rsidRPr="0067522A">
+      </w:pPr>
+      <w:r w:rsidRPr="0067522A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>essay</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="0067522A">
+        <w:t xml:space="preserve">The title of the </w:t>
+      </w:r>
+      <w:r w:rsidR="000172BD" w:rsidRPr="0067522A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>essay</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067522A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
         <w:t xml:space="preserve"> must be concise and descriptive (max 120 characters spaces included)</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="558B13E3" w14:textId="77777777" w:rsidR="00606E38" w:rsidRPr="0067522A" w:rsidRDefault="00606E38" w:rsidP="006C067A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="24C72190" w14:textId="77777777" w:rsidR="006C067A" w:rsidRPr="0067522A" w:rsidRDefault="008C1EE6" w:rsidP="006C067A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0067522A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
       <w:r w:rsidR="00307C56" w:rsidRPr="0067522A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -239,149 +251,178 @@
     <w:p w14:paraId="4E9047F4" w14:textId="77777777" w:rsidR="006C067A" w:rsidRPr="0067522A" w:rsidRDefault="00307C56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0067522A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The abstract must be a summary of the main aspects of the essay and must not exceed 1500 characters including spaces. You must avoid inserting the same text in the abstract at the beginning of the essay.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1025449E" w14:textId="77777777" w:rsidR="00307C56" w:rsidRPr="0067522A" w:rsidRDefault="00307C56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00C6273C" w14:textId="77777777" w:rsidR="00307C56" w:rsidRPr="0067522A" w:rsidRDefault="00307C56" w:rsidP="00307C56">
+    <w:p w14:paraId="00C6273C" w14:textId="7D85D13E" w:rsidR="00307C56" w:rsidRPr="0067522A" w:rsidRDefault="00307C56" w:rsidP="00307C56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0067522A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Keywords: max 5 keywords separated by commas</w:t>
+        <w:t xml:space="preserve">Keywords: </w:t>
+      </w:r>
+      <w:r w:rsidR="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">min 3, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067522A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>max 5 keywords</w:t>
+      </w:r>
+      <w:r w:rsidR="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, specific and relevant, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067522A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>separated by commas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4CDBE75D" w14:textId="77777777" w:rsidR="00307C56" w:rsidRPr="0067522A" w:rsidRDefault="00307C56" w:rsidP="00307C56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B47A7F7" w14:textId="77777777" w:rsidR="00814693" w:rsidRPr="0067522A" w:rsidRDefault="00814693">
-[...6 lines deleted...]
-    </w:p>
     <w:p w14:paraId="7703711D" w14:textId="77777777" w:rsidR="007436FB" w:rsidRPr="0067522A" w:rsidRDefault="007436FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5A176330" w14:textId="77777777" w:rsidR="006C067A" w:rsidRPr="0067522A" w:rsidRDefault="00307C56" w:rsidP="006C067A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0067522A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Text</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E4519CE" w14:textId="77777777" w:rsidR="007436FB" w:rsidRPr="0067522A" w:rsidRDefault="007436FB" w:rsidP="006C067A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BFBC6DB" w14:textId="77777777" w:rsidR="00307C56" w:rsidRPr="0067522A" w:rsidRDefault="00307C56" w:rsidP="00307C56">
+    <w:p w14:paraId="4BFBC6DB" w14:textId="52F362FF" w:rsidR="00307C56" w:rsidRPr="0067522A" w:rsidRDefault="00307C56" w:rsidP="00307C56">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0067522A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>The text of the essay must be between 20,000 and 30,000 characters (including spaces, notes, bibliographical references; excluding: names of authors, e-mails, institutions of belonging, abstracts, keywords, captions</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">The text of the essay must be between 20,000 and </w:t>
+      </w:r>
+      <w:r w:rsidR="00754BCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
       <w:r w:rsidRPr="0067522A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>);</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>,000 characters (including spaces, notes, bibliographical references; excluding: names of authors, e-mails, institutions of belonging, abstracts, keywords, captions);</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="28821A86" w14:textId="1314D81A" w:rsidR="009E45A8" w:rsidRPr="0067522A" w:rsidRDefault="00307C56" w:rsidP="009E45A8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0067522A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">It will be possible to divide the text into paragraphs with a title, in bold, for each paragraph, without numbering. It will </w:t>
       </w:r>
       <w:r w:rsidRPr="0067522A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>eventually</w:t>
       </w:r>
       <w:r w:rsidRPr="0067522A">
         <w:rPr>
@@ -445,1004 +486,1568 @@
       </w:r>
       <w:r w:rsidRPr="0067522A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be included in a final paragraph.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E04F7A2" w14:textId="77777777" w:rsidR="004603E8" w:rsidRPr="004603E8" w:rsidRDefault="004603E8" w:rsidP="004603E8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004603E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>It is strongly recommended to consult the Author Guidelines to be observed for the correct editing of texts.</w:t>
+        <w:t xml:space="preserve">It is strongly recommended to consult the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Author Guidelines</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004603E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be observed for the correct editing of texts.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F9CEDAB" w14:textId="77777777" w:rsidR="004603E8" w:rsidRPr="004603E8" w:rsidRDefault="004603E8" w:rsidP="004603E8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4256C7EF" w14:textId="77777777" w:rsidR="004603E8" w:rsidRPr="004603E8" w:rsidRDefault="004603E8" w:rsidP="004603E8">
+    <w:p w14:paraId="4256C7EF" w14:textId="77777777" w:rsidR="004603E8" w:rsidRPr="00606E38" w:rsidRDefault="004603E8" w:rsidP="004603E8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1640FDC2" w14:textId="77777777" w:rsidR="004603E8" w:rsidRPr="004603E8" w:rsidRDefault="004603E8" w:rsidP="004603E8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+      <w:r w:rsidRPr="004603E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:t>Notes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5653BE76" w14:textId="77777777" w:rsidR="004603E8" w:rsidRPr="004603E8" w:rsidRDefault="004603E8" w:rsidP="004603E8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65BE9D8A" w14:textId="77777777" w:rsidR="004603E8" w:rsidRPr="004603E8" w:rsidRDefault="004603E8" w:rsidP="004603E8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004603E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Endnotes should be numbered consecutively and may contain a brief comment or other references that the author considers appropriate. If reference is made in the notes to a text cited in the bibliographical references, the text will be cited in short form: author's surname year of publication, p./pp. xx.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CAEADD1" w14:textId="77777777" w:rsidR="004603E8" w:rsidRPr="004603E8" w:rsidRDefault="004603E8" w:rsidP="004603E8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004603E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>In the text, reference to a footnote will be placed in square brackets.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344F2057" w14:textId="77777777" w:rsidR="004603E8" w:rsidRPr="004603E8" w:rsidRDefault="004603E8" w:rsidP="004603E8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004603E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The reference at the end of the text will also be placed between square brackets.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A987548" w14:textId="77777777" w:rsidR="004603E8" w:rsidRPr="00536495" w:rsidRDefault="004603E8" w:rsidP="004603E8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00536495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>E.g.: (in the text): ... as stated by Prof. Bianchi [2].</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25D83688" w14:textId="77777777" w:rsidR="004603E8" w:rsidRPr="00536495" w:rsidRDefault="004603E8" w:rsidP="004603E8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00536495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>E.g.: (in the footnote):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72B0BE0B" w14:textId="77777777" w:rsidR="004603E8" w:rsidRPr="00536495" w:rsidRDefault="004603E8" w:rsidP="004603E8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00536495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>[2] As Prof. Bianchi rightly states [...]: Bianchi 2014, p. 123.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0177A682" w14:textId="68B55282" w:rsidR="004603E8" w:rsidRDefault="004603E8" w:rsidP="004603E8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F2B2B6F" w14:textId="062DEB83" w:rsidR="00536495" w:rsidRPr="00606E38" w:rsidRDefault="00536495" w:rsidP="004603E8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="573538A3" w14:textId="77777777" w:rsidR="00536495" w:rsidRPr="00536495" w:rsidRDefault="00536495" w:rsidP="00536495">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Notes</w:t>
-[...71 lines deleted...]
-    <w:p w14:paraId="5A987548" w14:textId="77777777" w:rsidR="004603E8" w:rsidRPr="00536495" w:rsidRDefault="004603E8" w:rsidP="004603E8">
+      </w:pPr>
+      <w:r w:rsidRPr="00536495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Author(s)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FCAAEA4" w14:textId="77777777" w:rsidR="00536495" w:rsidRPr="00536495" w:rsidRDefault="00536495" w:rsidP="00536495">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D9A92DD" w14:textId="77777777" w:rsidR="00536495" w:rsidRPr="00536495" w:rsidRDefault="00536495" w:rsidP="00536495">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00536495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>After the notes and before the bibliographical references, the author's references should be inserted, indicating his name and surname (in italics) and, in the round, the department he belongs to, the university he belongs to and his email address.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BD394A5" w14:textId="77777777" w:rsidR="0011117B" w:rsidRDefault="00536495" w:rsidP="00536495">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00536495">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>E.g.: (in the text): ... as stated by Prof. Bianchi [2].</w:t>
-[...7 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+        <w:t xml:space="preserve">E.g.: </w:t>
+      </w:r>
+      <w:r w:rsidR="0011117B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00536495">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FF0710C" w14:textId="49FD191A" w:rsidR="00536495" w:rsidRPr="00536495" w:rsidRDefault="00536495" w:rsidP="00536495">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>E.g.: (in the footnote):</w:t>
-[...7 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00536495">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00536495">
+        <w:t xml:space="preserve">First </w:t>
+      </w:r>
+      <w:r w:rsidR="0011117B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>[2] As Prof. Bianchi rightly states [...]: Bianchi 2014, p. 123.</w:t>
-[...14 lines deleted...]
-    <w:p w14:paraId="0F2B2B6F" w14:textId="062DEB83" w:rsidR="00536495" w:rsidRPr="00536495" w:rsidRDefault="00536495" w:rsidP="004603E8">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00536495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ame1 Last </w:t>
+      </w:r>
+      <w:r w:rsidR="0011117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00536495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ame1, Department of Engineering, City University, n</w:t>
+      </w:r>
+      <w:r w:rsidR="0011117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00536495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>me1.</w:t>
+      </w:r>
+      <w:r w:rsidR="0011117B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>surname</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00536495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>2@unixxx.it</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="462DC7E1" w14:textId="0DB8CB5F" w:rsidR="00536495" w:rsidRDefault="00536495" w:rsidP="00536495">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00536495">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">First name2 Last name2, Department of Engineering, City University, </w:t>
+      </w:r>
+      <w:r w:rsidR="0011117B" w:rsidRPr="00E23102">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>name2.surname2@unixxx.it</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50A2DF7E" w14:textId="5B6D131C" w:rsidR="0011117B" w:rsidRDefault="0011117B" w:rsidP="00536495">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D68E634" w14:textId="77777777" w:rsidR="00606E38" w:rsidRPr="00C776E6" w:rsidRDefault="00606E38" w:rsidP="00536495">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="543163E5" w14:textId="77777777" w:rsidR="0011117B" w:rsidRPr="00C776E6" w:rsidRDefault="0011117B" w:rsidP="0011117B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...5 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+      <w:r w:rsidRPr="00C776E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00536495">
+        <w:t>Bibliographic references</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05D21AC4" w14:textId="77777777" w:rsidR="0011117B" w:rsidRPr="00C776E6" w:rsidRDefault="0011117B" w:rsidP="0011117B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68598B1F" w14:textId="77777777" w:rsidR="0011117B" w:rsidRPr="00C776E6" w:rsidRDefault="0011117B" w:rsidP="0011117B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C776E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Bibliographic references should be listed in alphabetical order in the first instance, and in chronological order in the second (if the same author is present). Texts of general interest that are not explicitly cited in the contribution will not be included in the bibliographic references. This is not a bibliography, but a list of texts that are cited in the paper. Texts that are not cited in the essay are automatically eliminated by the editorial staff during the production process.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E3B0DC3" w14:textId="77777777" w:rsidR="0011117B" w:rsidRPr="00C776E6" w:rsidRDefault="0011117B" w:rsidP="0011117B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A8BC216" w14:textId="15D24ED8" w:rsidR="0011117B" w:rsidRPr="00C776E6" w:rsidRDefault="0011117B" w:rsidP="0011117B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C776E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>It is expressly recommended that authors consult the Author Guidelines to be observed for the correct citation of bibliographical references.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40276626" w14:textId="428683B1" w:rsidR="00C776E6" w:rsidRDefault="00C776E6" w:rsidP="0011117B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="227EE063" w14:textId="77777777" w:rsidR="00606E38" w:rsidRPr="00C776E6" w:rsidRDefault="00606E38" w:rsidP="0011117B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="317EFEBD" w14:textId="77777777" w:rsidR="00C776E6" w:rsidRPr="00C776E6" w:rsidRDefault="00C776E6" w:rsidP="00C776E6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Author(s)</w:t>
-[...33 lines deleted...]
-    <w:p w14:paraId="7BD394A5" w14:textId="77777777" w:rsidR="0011117B" w:rsidRDefault="00536495" w:rsidP="00536495">
+      </w:pPr>
+      <w:r w:rsidRPr="00C776E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Captions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FFF5CB1" w14:textId="77777777" w:rsidR="00C776E6" w:rsidRPr="00C776E6" w:rsidRDefault="00C776E6" w:rsidP="00C776E6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3293EFCF" w14:textId="77777777" w:rsidR="00C776E6" w:rsidRPr="00C776E6" w:rsidRDefault="00C776E6" w:rsidP="00C776E6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C776E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The captions will be in italics and inserted in a separate Word doc file numbered in progressive order; they must be brief, with a maximum of 140 characters, including spaces, and must contain the source of the image (author's drawing, author's photograph, or precise bibliographic reference, including figure and page number). The captions should not contain extensive descriptive information not present in the text of the paper.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70639543" w14:textId="77777777" w:rsidR="00C776E6" w:rsidRPr="00C776E6" w:rsidRDefault="00C776E6" w:rsidP="00C776E6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C776E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>If the images are taken from volumes not mentioned in the text, they should be included among the bibliographic references and briefly mentioned in the caption.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37622CF7" w14:textId="77777777" w:rsidR="00C776E6" w:rsidRPr="00C776E6" w:rsidRDefault="00C776E6" w:rsidP="00C776E6">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00536495">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C776E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="0011117B">
+        </w:rPr>
+        <w:t>E.g.: Fig. 1. A. Palladio, Planta e prospetto/sezione di Villa Capra detta La Rotonda (Palladio 1570, II, p. 19).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D76E682" w14:textId="4C63E2DC" w:rsidR="00C776E6" w:rsidRPr="0011117B" w:rsidRDefault="00C776E6" w:rsidP="00C776E6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00C776E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00536495">
+        <w:t>Ex: Fig. 3. Point cloud of Villa Capra.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EA1B46F" w14:textId="77777777" w:rsidR="0011117B" w:rsidRPr="0011117B" w:rsidRDefault="0011117B" w:rsidP="0011117B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">First </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0011117B">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0282FA95" w14:textId="644A0C1E" w:rsidR="0011117B" w:rsidRPr="00536495" w:rsidRDefault="0011117B" w:rsidP="0011117B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>n</w:t>
-[...91 lines deleted...]
-          <w:szCs w:val="20"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C77A41C" w14:textId="5F659713" w:rsidR="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Additional Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5630F08E" w14:textId="77777777" w:rsidR="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54DF8ABB" w14:textId="043306C4" w:rsidR="00606E38" w:rsidRPr="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Information for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>valuation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09E1B986" w14:textId="77777777" w:rsidR="00606E38" w:rsidRPr="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Focus: indicate which focus area outlined in the call your submission relates to.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3396F909" w14:textId="77777777" w:rsidR="00606E38" w:rsidRPr="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Context and Relevance: describe the subject of the study within its contexts and explain the relevance of the topic in relation to the expectations of the scientific community.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41DCA051" w14:textId="77777777" w:rsidR="00606E38" w:rsidRPr="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Originality: indicate the original aspects and/or results of the proposed contribution compared to existing literature. Specify whether the topic is entirely new research for the author or whether it represents an advancement of a previously explored theme, and clarify how it differs.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47FF194B" w14:textId="77777777" w:rsidR="00606E38" w:rsidRPr="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>State of the Art: relate the contribution to the theoretical and applied framework of previous research.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="207A323B" w14:textId="77777777" w:rsidR="00606E38" w:rsidRPr="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Methodology: describe the theoretical, analytical, or empirical approaches adopted.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE5CF10" w14:textId="77777777" w:rsidR="00606E38" w:rsidRPr="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Expected Results and Future Developments: outline the expected results of the proposed research and the possible future developments of the topic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09C5647F" w14:textId="77777777" w:rsidR="00606E38" w:rsidRPr="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74ACFFBA" w14:textId="5C5F4828" w:rsidR="00606E38" w:rsidRPr="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Short Author</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> biography</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BDB6720" w14:textId="42ACD861" w:rsidR="00606E38" w:rsidRPr="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">min 150, max 200 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>w</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ords</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13D8C744" w14:textId="77777777" w:rsidR="00606E38" w:rsidRPr="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The following information is required:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E612C8E" w14:textId="77777777" w:rsidR="00606E38" w:rsidRPr="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>– Full name and nationality.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F73968" w14:textId="77777777" w:rsidR="00606E38" w:rsidRPr="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>– Institutional affiliation (university, research center, other).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57625014" w14:textId="77777777" w:rsidR="00606E38" w:rsidRPr="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>– Academic and/or professional position (Full Professor, Associate Professor, RTDa, RTDb, RTT, PhD student, PhD, other).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71A6EE7F" w14:textId="77777777" w:rsidR="00606E38" w:rsidRPr="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>n</w:t>
-[...352 lines deleted...]
-    <w:sectPr w:rsidR="00B11282" w:rsidRPr="0067522A" w:rsidSect="00580C9B">
+        <w:t>– Main research areas (max 3).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C18792C" w14:textId="77777777" w:rsidR="00606E38" w:rsidRPr="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>– Relevant publications and/or projects authored by the applicant related to the proposed topic.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65ACB10A" w14:textId="56C708AB" w:rsidR="00B11282" w:rsidRPr="00606E38" w:rsidRDefault="00606E38" w:rsidP="00606E38">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00606E38">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>– Contact information (email).</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00B11282" w:rsidRPr="00606E38" w:rsidSect="00580C9B">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="429E6757" w14:textId="77777777" w:rsidR="009E69E7" w:rsidRDefault="009E69E7" w:rsidP="00580C9B">
+    <w:p w14:paraId="2817CA8D" w14:textId="77777777" w:rsidR="00AB7997" w:rsidRDefault="00AB7997" w:rsidP="00580C9B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="62D551C7" w14:textId="77777777" w:rsidR="009E69E7" w:rsidRDefault="009E69E7" w:rsidP="00580C9B">
+    <w:p w14:paraId="3F1AA748" w14:textId="77777777" w:rsidR="00AB7997" w:rsidRDefault="00AB7997" w:rsidP="00580C9B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Garamond">
+    <w:panose1 w:val="02020404030301010803"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="A00002BF" w:usb1="68C7FCFB" w:usb2="00000010" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="087344DC" w14:textId="77777777" w:rsidR="009E69E7" w:rsidRDefault="009E69E7" w:rsidP="00580C9B">
+    <w:p w14:paraId="5CA651BF" w14:textId="77777777" w:rsidR="00AB7997" w:rsidRDefault="00AB7997" w:rsidP="00580C9B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="37F232F0" w14:textId="77777777" w:rsidR="009E69E7" w:rsidRDefault="009E69E7" w:rsidP="00580C9B">
+    <w:p w14:paraId="1C0B67E1" w14:textId="77777777" w:rsidR="00AB7997" w:rsidRDefault="00AB7997" w:rsidP="00580C9B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="28857FC1" w14:textId="77777777" w:rsidR="00580C9B" w:rsidRPr="009E45A8" w:rsidRDefault="00580C9B" w:rsidP="00B053CD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="28857FC1" w14:textId="4EFB0F40" w:rsidR="00580C9B" w:rsidRPr="009E45A8" w:rsidRDefault="00580C9B" w:rsidP="00B053CD">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
-    <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="009E0C0E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:t>diségno</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="009E0C0E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00307C56">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve">Journal </w:t>
     </w:r>
     <w:r w:rsidRPr="009E0C0E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve">– </w:t>
     </w:r>
+    <w:r w:rsidR="00606E38">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+      <w:t>FULL PAPER</w:t>
+    </w:r>
     <w:r w:rsidR="00307C56">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
-      <w:t>SELECTED ESSAY TEMPLATE</w:t>
+      <w:t xml:space="preserve"> TEMPLATE</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2482E0B6" w14:textId="77777777" w:rsidR="00580C9B" w:rsidRDefault="00580C9B">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A614FB4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87D43D9C"/>
+    <w:lvl w:ilvl="0" w:tplc="7D780A3C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="−"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10D4500E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E8FE0BEA"/>
+    <w:lvl w:ilvl="0" w:tplc="0410000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0410000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0410000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="372702C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A32AF22"/>
     <w:lvl w:ilvl="0" w:tplc="1A80DEEA">
       <w:start w:val="7"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1511,51 +2116,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71C56800"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E6E7192"/>
     <w:lvl w:ilvl="0" w:tplc="8D3C9AB6">
       <w:start w:val="7"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1624,155 +2229,282 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7D63062F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C002C90C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1842892042">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1554656545">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1999377065">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="4" w16cid:durableId="1883247198">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="604272124">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C067A"/>
     <w:rsid w:val="00014595"/>
     <w:rsid w:val="000172BD"/>
     <w:rsid w:val="0011117B"/>
     <w:rsid w:val="0017341C"/>
     <w:rsid w:val="00197877"/>
     <w:rsid w:val="002C6857"/>
     <w:rsid w:val="00307C56"/>
     <w:rsid w:val="004603E8"/>
     <w:rsid w:val="0046461F"/>
     <w:rsid w:val="004C0343"/>
     <w:rsid w:val="00536495"/>
     <w:rsid w:val="0058090E"/>
     <w:rsid w:val="00580C9B"/>
+    <w:rsid w:val="00606E38"/>
     <w:rsid w:val="0067522A"/>
     <w:rsid w:val="006C067A"/>
     <w:rsid w:val="006C2A6C"/>
+    <w:rsid w:val="006F6B3A"/>
     <w:rsid w:val="007436FB"/>
+    <w:rsid w:val="00754BCF"/>
     <w:rsid w:val="007E779F"/>
     <w:rsid w:val="007F0D2B"/>
     <w:rsid w:val="00814693"/>
     <w:rsid w:val="008B7D6C"/>
     <w:rsid w:val="008C1EE6"/>
     <w:rsid w:val="00974AE5"/>
     <w:rsid w:val="009E0C0E"/>
     <w:rsid w:val="009E45A8"/>
     <w:rsid w:val="009E69E7"/>
+    <w:rsid w:val="00AB7997"/>
     <w:rsid w:val="00B053CD"/>
     <w:rsid w:val="00B11282"/>
+    <w:rsid w:val="00B434B4"/>
     <w:rsid w:val="00B73CDD"/>
     <w:rsid w:val="00C11826"/>
     <w:rsid w:val="00C776E6"/>
+    <w:rsid w:val="00C90E5B"/>
     <w:rsid w:val="00D7307B"/>
     <w:rsid w:val="00D84FAA"/>
     <w:rsid w:val="00E23102"/>
     <w:rsid w:val="00F44D0A"/>
     <w:rsid w:val="00FC6B75"/>
     <w:rsid w:val="00FF1AA1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="3A521F50"/>
   <w15:docId w15:val="{BDFCEEA6-AC04-E949-AEA2-C4B711A3A3CD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2116,51 +2848,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normale">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
     <w:name w:val="List Paragraph"/>
@@ -2220,51 +2951,51 @@
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009E45A8"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Menzionenonrisolta">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0011117B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -2567,72 +3298,72 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D62D273C-CB55-E54B-AD8B-64B061FBF908}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3228</Characters>
+  <Pages>3</Pages>
+  <Words>767</Words>
+  <Characters>4372</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>43</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3738</CharactersWithSpaces>
+  <CharactersWithSpaces>5129</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>X X</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>