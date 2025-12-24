--- v0 (2025-10-10)
+++ v1 (2025-12-24)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2F8D8E90" w14:textId="77777777" w:rsidR="00197877" w:rsidRPr="00814693" w:rsidRDefault="008C1EE6" w:rsidP="006C067A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00814693">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Il titolo dell’articolo</w:t>
       </w:r>
       <w:r w:rsidR="006C067A" w:rsidRPr="00814693">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
@@ -57,88 +57,77 @@
       <w:r w:rsidR="008B7D6C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>ciso e di carattere descrittivo</w:t>
       </w:r>
       <w:r w:rsidR="006C067A" w:rsidRPr="00814693">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009E45A8" w:rsidRPr="009E0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="009E45A8" w:rsidRPr="009E0C0E">
+        <w:t>(max</w:t>
+      </w:r>
+      <w:r w:rsidR="008B7D6C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>max</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="008B7D6C">
+        <w:t xml:space="preserve"> 120 caratteri</w:t>
+      </w:r>
+      <w:r w:rsidR="006C067A" w:rsidRPr="00814693">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 120 caratteri</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006C067A" w:rsidRPr="00814693">
+        <w:t xml:space="preserve"> spazi inclusi</w:t>
+      </w:r>
+      <w:r w:rsidR="009E45A8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> spazi inclusi</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64A2ECFF" w14:textId="77777777" w:rsidR="006C067A" w:rsidRPr="006C067A" w:rsidRDefault="006C067A" w:rsidP="006C067A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="596AE5CD" w14:textId="77777777" w:rsidR="006C067A" w:rsidRPr="00814693" w:rsidRDefault="008C1EE6" w:rsidP="006C067A">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00814693">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -162,372 +151,341 @@
         <w:t>1, Nome2 Cognome2, Nome3 Cognome3</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74FECA47" w14:textId="77777777" w:rsidR="006C067A" w:rsidRPr="006C067A" w:rsidRDefault="006C067A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6DA2F9B4" w14:textId="77777777" w:rsidR="00814693" w:rsidRDefault="00814693">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20526E98" w14:textId="77777777" w:rsidR="006C067A" w:rsidRDefault="006C067A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="006C067A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="15698EF8" w14:textId="77777777" w:rsidR="00814693" w:rsidRDefault="00814693">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D9E7A17" w14:textId="77777777" w:rsidR="006C067A" w:rsidRPr="006C067A" w:rsidRDefault="008C1EE6">
+    <w:p w14:paraId="0D9E7A17" w14:textId="192ECC1C" w:rsidR="006C067A" w:rsidRPr="006C067A" w:rsidRDefault="008C1EE6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
-        <w:t>L’</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">L’abstract dovrà essere una sintesi degli aspetti principali del saggio e non dovrà superare i 1500 caratteri spazi inclusi. </w:t>
+      </w:r>
+      <w:r w:rsidR="00E32A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
-        <w:t>abstract</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>vitare di inserire lo stesso testo presente nell’abstract all’inizio del saggio</w:t>
+      </w:r>
+      <w:r w:rsidR="004C0343">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13BE8E76" w14:textId="77777777" w:rsidR="006C067A" w:rsidRPr="006C067A" w:rsidRDefault="006C067A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="106C10FF" w14:textId="057A31B5" w:rsidR="006C067A" w:rsidRPr="008C1EE6" w:rsidRDefault="006C067A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">Parole chiave: </w:t>
+      </w:r>
+      <w:r w:rsidR="00E32A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">min 3, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">max </w:t>
+      </w:r>
+      <w:r w:rsidR="00E32A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008C1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> parole chiave</w:t>
+      </w:r>
+      <w:r w:rsidR="009E45A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E32A7C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t xml:space="preserve">specifiche e pertinenti, </w:t>
+      </w:r>
+      <w:r w:rsidR="009E45A8" w:rsidRPr="009E0C0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>separate da virgola</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CD4CF18" w14:textId="77777777" w:rsidR="00814693" w:rsidRDefault="00814693">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B1997FF" w14:textId="77777777" w:rsidR="007436FB" w:rsidRPr="006C067A" w:rsidRDefault="007436FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FE8E808" w14:textId="77777777" w:rsidR="006C067A" w:rsidRDefault="006C067A" w:rsidP="006C067A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Testo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="751A3EF0" w14:textId="77777777" w:rsidR="007436FB" w:rsidRPr="008C1EE6" w:rsidRDefault="007436FB" w:rsidP="006C067A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0AED7AB2" w14:textId="0B8F845B" w:rsidR="006C067A" w:rsidRPr="008C1EE6" w:rsidRDefault="008C1EE6" w:rsidP="006C067A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il testo del saggio dovrà essere </w:t>
+      </w:r>
+      <w:r w:rsidR="006C067A" w:rsidRPr="006C067A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">compreso tra </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r w:rsidR="006C067A" w:rsidRPr="006C067A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20.000 e </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...24 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r w:rsidR="00111E21">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidR="006C067A" w:rsidRPr="006C067A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.000 caratteri (compresi spazi, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>note, riferimenti bibliografici;</w:t>
+      </w:r>
+      <w:r w:rsidR="006C067A" w:rsidRPr="006C067A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> esclusi: nomi autori, e-mail, istituzioni di appartenenza, </w:t>
+      </w:r>
+      <w:r w:rsidR="006C067A" w:rsidRPr="008C1EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>abstract, parol</w:t>
+      </w:r>
       <w:r w:rsidRPr="008C1EE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        </w:rPr>
+        <w:t>e chiave, didascalie);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F96D032" w14:textId="0A6B6AE5" w:rsidR="009E45A8" w:rsidRDefault="006C2A6C" w:rsidP="0030218B">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="008C1EE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...3 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        </w:rPr>
+        <w:t>Sarà possibile dividere il testo in paragrafi con un titolo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, in grassetto, </w:t>
+      </w:r>
       <w:r w:rsidRPr="008C1EE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:i/>
-[...166 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">per ogni paragrafo, senza numerazione. </w:t>
       </w:r>
       <w:r w:rsidRPr="009E0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Sarà </w:t>
       </w:r>
       <w:r w:rsidRPr="009E0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>eventualmente</w:t>
       </w:r>
       <w:r w:rsidRPr="009E0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> possibile organizzare il testo in </w:t>
-[...27 lines deleted...]
-        <w:t xml:space="preserve">). Il primo paragrafo sarà eventualmente indicato come </w:t>
+        <w:t xml:space="preserve"> possibile organizzare il testo in sottoparagrafi, ma non è consentito prevedere più di due livelli gerarchici (paragrafo, sottoparagrafo). Il primo paragrafo sarà eventualmente indicato come </w:t>
       </w:r>
       <w:r w:rsidRPr="009E0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Introduzione</w:t>
       </w:r>
       <w:r w:rsidRPr="009E0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> e l’ultimo paragrafo sarà eventualmente indicato come </w:t>
       </w:r>
       <w:r w:rsidRPr="009E0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Conclusioni</w:t>
       </w:r>
       <w:r w:rsidRPr="009E0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -771,67 +729,74 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> il prof. Bianchi […]: Bianchi 2014, p. 123.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="057BEE62" w14:textId="77777777" w:rsidR="009E45A8" w:rsidRPr="006C067A" w:rsidRDefault="009E45A8" w:rsidP="009E45A8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D516C1A" w14:textId="77777777" w:rsidR="004C0343" w:rsidRDefault="004C0343" w:rsidP="006C067A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20D864A8" w14:textId="77777777" w:rsidR="0030218B" w:rsidRPr="00814693" w:rsidRDefault="0030218B" w:rsidP="0030218B">
+    <w:p w14:paraId="20D864A8" w14:textId="45C8F8C9" w:rsidR="0030218B" w:rsidRPr="00814693" w:rsidRDefault="0030218B" w:rsidP="0030218B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00814693">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>Autore o Autori</w:t>
+        <w:t>Autore</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4606A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>/i</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="289A4D03" w14:textId="77777777" w:rsidR="0030218B" w:rsidRDefault="0030218B" w:rsidP="0030218B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4289269C" w14:textId="77777777" w:rsidR="0030218B" w:rsidRPr="00814693" w:rsidRDefault="0030218B" w:rsidP="0030218B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00814693">
         <w:rPr>
@@ -845,65 +810,51 @@
         </w:rPr>
         <w:t>ndo nome e cognome (in corsivo)</w:t>
       </w:r>
       <w:r w:rsidRPr="00814693">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">e, in tondo, </w:t>
       </w:r>
       <w:r w:rsidRPr="00814693">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>il dipartimento di a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">fferenza, l’università di appartenenza e l’indirizzo </w:t>
-[...13 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>fferenza, l’università di appartenenza e l’indirizzo email.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="229B0331" w14:textId="77777777" w:rsidR="0030218B" w:rsidRPr="00814693" w:rsidRDefault="0030218B" w:rsidP="0030218B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00814693">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Es.: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2FD64472" w14:textId="77777777" w:rsidR="0030218B" w:rsidRPr="00814693" w:rsidRDefault="0030218B" w:rsidP="0030218B">
       <w:pPr>
@@ -1077,141 +1028,130 @@
       </w:r>
       <w:r w:rsidRPr="009E0C0E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> da osservare per la corretta citazione dei riferimenti bibliografici</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C4EA162" w14:textId="77777777" w:rsidR="004C0343" w:rsidRDefault="004C0343" w:rsidP="006C067A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F920624" w14:textId="77777777" w:rsidR="004C0343" w:rsidRDefault="004C0343" w:rsidP="006C067A">
-[...9 lines deleted...]
-    </w:p>
     <w:p w14:paraId="29F5D2D8" w14:textId="2C9F49C2" w:rsidR="009E45A8" w:rsidRDefault="009E45A8" w:rsidP="009E45A8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4BE95B3E" w14:textId="77777777" w:rsidR="0030218B" w:rsidRPr="008C1EE6" w:rsidRDefault="0030218B" w:rsidP="0030218B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C1EE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Didascalie</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="525E3EC0" w14:textId="77777777" w:rsidR="0030218B" w:rsidRDefault="0030218B" w:rsidP="0030218B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="049A34CE" w14:textId="77777777" w:rsidR="0030218B" w:rsidRDefault="0030218B" w:rsidP="0030218B">
+    <w:p w14:paraId="049A34CE" w14:textId="4B48C1AD" w:rsidR="0030218B" w:rsidRDefault="0030218B" w:rsidP="0030218B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008C1EE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Le didascalie saranno </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">in corsivo e inserite in un file word doc a parte </w:t>
+        <w:t xml:space="preserve">in corsivo e </w:t>
       </w:r>
       <w:r w:rsidRPr="008C1EE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">numerate in ordine progressivo; devono essere brevi, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">aventi al </w:t>
+        <w:t xml:space="preserve">al </w:t>
       </w:r>
       <w:r w:rsidRPr="008C1EE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>massimo 140 caratteri, spazi inclusi, e devono contenere la fonte dell’immagine (disegno dell’autore, fotografia dell’autore, oppure</w:t>
+        <w:t>massimo 140 caratteri spazi inclusi, e devono contenere la fonte dell’immagine (disegno dell’autore, fotografia dell’autore, oppure</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C1EE6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">riferimento bibliografico puntuale, comprensivo di numero figura e numero di pagina). Le didascalie </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>non dovranno contenere informazioni descrittive estese non presenti nel testo del saggio.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AE86947" w14:textId="77777777" w:rsidR="0030218B" w:rsidRDefault="0030218B" w:rsidP="0030218B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
@@ -1345,225 +1285,1015 @@
         <w:t>. Nome Cognome).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F3787E1" w14:textId="77777777" w:rsidR="0030218B" w:rsidRDefault="0030218B" w:rsidP="0030218B">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="75DD7549" w14:textId="77777777" w:rsidR="0030218B" w:rsidRDefault="0030218B" w:rsidP="009E45A8">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="0BE2E7D1" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRDefault="00E32A7C" w:rsidP="009E45A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7683F3A1" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F265209" w14:textId="0E2D7BD6" w:rsidR="00E32A7C" w:rsidRPr="008C1EE6" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk215525527"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Ulteriori informazioni</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28EE099F" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4EF3E3FD" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Informazioni per la valutazione</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D7E48D5" w14:textId="26130BA3" w:rsidR="00E32A7C" w:rsidRPr="00BA7460" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Focus: indicare a quale focus </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">tra quelli previsti </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">lla call si collega </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>la proposta</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sottomess</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70BD111B" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRPr="00BA7460" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Contesto e rilevanza: descrivere l’oggetto di studio calato nei suoi contesti e indicare la rilevanza dell’argomento trattato rispetto alle aspettative della comunità scientifica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20463138" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRPr="00BA7460" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Originalità: indicare gli aspetti e/o i risultati originali del contributo proposto rispetto alla letteratura esistente.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055775C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Specificare </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">inoltre </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>se l’argomento trattato è ricerca del tutto inedita per l’autore oppure se costituisce uno stato di avanzamento di un tema già trattato e</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">d eventualmente </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>in cosa si differenzia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FDB0749" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRPr="00BA7460" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Stato dell’arte: riferire il contributo al quadro teorico-applicato delle ricerche precedenti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B36278" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRPr="00BA7460" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Metodologia: descrivere </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">gli </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>approcci teorici, analitici o empirici adottati.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CD58577" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRPr="00BA7460" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Risultati attesi e sviluppi futuri</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">: descrivere i risultati della ricerca proposta e i possibili sviluppi futuri </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>del tema.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766DE0F9" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="705C99E1" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRPr="0055775C" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055775C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+        </w:rPr>
+        <w:t>Breve biografia dell’autore/degli autori</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B883C75" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRPr="00BA7460" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">min </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>150</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, max</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 200 parole</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="248427C0" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRPr="00BA7460" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA7460">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Sono richiesti i seguenti dati:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF5C305" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRPr="0055775C" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055775C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Nome e Cognome, nazionalità.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B478196" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRPr="0055775C" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055775C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Affiliazione istituzionale (università, centro di ricerca, altro).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0143518E" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRPr="0055775C" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055775C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Posizione accademica e/o professionale (PO, PA, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055775C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>RTDa</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055775C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055775C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>RTDb</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055775C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, RTT, PhD </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0055775C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>student</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0055775C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>, PhD, altro).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E9C6405" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRPr="0055775C" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055775C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Principali ambiti di ricerca praticati (max 3).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20B5C679" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRPr="0055775C" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055775C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Eventuali pubblicazioni e/o progetti a propria firma pertinenti con il tema proposto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="788BC6D7" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRPr="0055775C" w:rsidRDefault="00E32A7C" w:rsidP="00E32A7C">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="426" w:hanging="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0055775C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Contatti (e-mail).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35737220" w14:textId="77777777" w:rsidR="00E32A7C" w:rsidRDefault="00E32A7C" w:rsidP="009E45A8">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="36DB000F" w14:textId="01A91D6C" w:rsidR="00B11282" w:rsidRPr="009E0C0E" w:rsidRDefault="00B11282" w:rsidP="00B73CDD">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B11282" w:rsidRPr="009E0C0E" w:rsidSect="00580C9B">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="02ADF4B3" w14:textId="77777777" w:rsidR="008E294A" w:rsidRDefault="008E294A" w:rsidP="00580C9B">
+    <w:p w14:paraId="1A152749" w14:textId="77777777" w:rsidR="00941D7D" w:rsidRDefault="00941D7D" w:rsidP="00580C9B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="69ED4A7A" w14:textId="77777777" w:rsidR="008E294A" w:rsidRDefault="008E294A" w:rsidP="00580C9B">
+    <w:p w14:paraId="29C03783" w14:textId="77777777" w:rsidR="00941D7D" w:rsidRDefault="00941D7D" w:rsidP="00580C9B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Garamond">
+    <w:panose1 w:val="02020404030301010803"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...6 lines deleted...]
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="A00002BF" w:usb1="68C7FCFB" w:usb2="00000010" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F018EC4" w14:textId="77777777" w:rsidR="008E294A" w:rsidRDefault="008E294A" w:rsidP="00580C9B">
+    <w:p w14:paraId="70FACB55" w14:textId="77777777" w:rsidR="00941D7D" w:rsidRDefault="00941D7D" w:rsidP="00580C9B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3E3D06EB" w14:textId="77777777" w:rsidR="008E294A" w:rsidRDefault="008E294A" w:rsidP="00580C9B">
+    <w:p w14:paraId="17FDBAD8" w14:textId="77777777" w:rsidR="00941D7D" w:rsidRDefault="00941D7D" w:rsidP="00580C9B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7B8D7A9C" w14:textId="77777777" w:rsidR="00291163" w:rsidRPr="009E45A8" w:rsidRDefault="00291163" w:rsidP="00B053CD">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7B8D7A9C" w14:textId="2409FF50" w:rsidR="00291163" w:rsidRPr="009E45A8" w:rsidRDefault="00291163" w:rsidP="00B053CD">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009E0C0E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
       <w:t xml:space="preserve">Rivista </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
     <w:r w:rsidRPr="009E0C0E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
       </w:rPr>
       <w:t>diségno</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
     <w:r w:rsidRPr="009E0C0E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
-      <w:t xml:space="preserve"> – TEMPLATE SAGGIO SELEZIONATO</w:t>
+      <w:t xml:space="preserve"> – TEMPLATE </w:t>
+    </w:r>
+    <w:r w:rsidR="00E32A7C">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      </w:rPr>
+      <w:t>FULL PAPER</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7DA5B724" w14:textId="77777777" w:rsidR="00291163" w:rsidRDefault="00291163">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0A614FB4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87D43D9C"/>
+    <w:lvl w:ilvl="0" w:tplc="7D780A3C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="−"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Garamond" w:hAnsi="Garamond" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="10D4500E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E8FE0BEA"/>
+    <w:lvl w:ilvl="0" w:tplc="0410000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0410000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0410000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0410001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="372702C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A32AF22"/>
     <w:lvl w:ilvl="0" w:tplc="1A80DEEA">
       <w:start w:val="7"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1632,51 +2362,51 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71C56800"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E6E7192"/>
     <w:lvl w:ilvl="0" w:tplc="8D3C9AB6">
       <w:start w:val="7"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -1745,146 +2475,159 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1768773947">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1122843316">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1999377065">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="4" w16cid:durableId="1883247198">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C067A"/>
     <w:rsid w:val="00014595"/>
+    <w:rsid w:val="00111E21"/>
     <w:rsid w:val="0017341C"/>
     <w:rsid w:val="00197877"/>
     <w:rsid w:val="00291163"/>
     <w:rsid w:val="0030218B"/>
     <w:rsid w:val="0046461F"/>
     <w:rsid w:val="004C0343"/>
     <w:rsid w:val="0058090E"/>
     <w:rsid w:val="00580C9B"/>
     <w:rsid w:val="00581582"/>
     <w:rsid w:val="006C067A"/>
     <w:rsid w:val="006C2A6C"/>
+    <w:rsid w:val="006F6B3A"/>
     <w:rsid w:val="007436FB"/>
     <w:rsid w:val="007E779F"/>
     <w:rsid w:val="00814693"/>
     <w:rsid w:val="008B7D6C"/>
     <w:rsid w:val="008C1EE6"/>
     <w:rsid w:val="008E294A"/>
+    <w:rsid w:val="00916A93"/>
+    <w:rsid w:val="00941D7D"/>
     <w:rsid w:val="00974AE5"/>
     <w:rsid w:val="009E0C0E"/>
     <w:rsid w:val="009E45A8"/>
     <w:rsid w:val="00B053CD"/>
     <w:rsid w:val="00B11282"/>
+    <w:rsid w:val="00B4606A"/>
     <w:rsid w:val="00B73CDD"/>
+    <w:rsid w:val="00C90E5B"/>
     <w:rsid w:val="00D7307B"/>
+    <w:rsid w:val="00E32A7C"/>
     <w:rsid w:val="00F44D0A"/>
     <w:rsid w:val="00FC6B75"/>
     <w:rsid w:val="00FF1AA1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="13A9D580"/>
   <w15:docId w15:val="{BDFCEEA6-AC04-E949-AEA2-C4B711A3A3CD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2120,55 +2863,50 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Grid Table 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -2326,51 +3064,51 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PidipaginaCarattere">
     <w:name w:val="Piè di pagina Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Pidipagina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00580C9B"/>
   </w:style>
   <w:style w:type="character" w:styleId="Collegamentoipertestuale">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009E45A8"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -2673,72 +3411,72 @@
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F124F4CD-CE23-3E41-993B-4900A12BECE1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3373</Characters>
+  <Pages>3</Pages>
+  <Words>786</Words>
+  <Characters>4486</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>44</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3907</CharactersWithSpaces>
+  <CharactersWithSpaces>5262</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>X X</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>